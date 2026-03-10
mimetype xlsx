--- v0 (2026-01-12)
+++ v1 (2026-03-10)
@@ -10,1138 +10,1217 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="682" uniqueCount="355">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="736" uniqueCount="381">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>304</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>MOC</t>
+  </si>
+  <si>
+    <t>Moção</t>
+  </si>
+  <si>
+    <t>Tuchinha</t>
+  </si>
+  <si>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/304/mocao_de_pesar_no_01_06-02-2025.pdf</t>
+  </si>
+  <si>
+    <t>Moção de pesar pelo falecimento do Ex-governador de Minas Gerais, o Senhor Newton Cardoso, ocorrido no dias 02 de fevereiro de 2025.</t>
+  </si>
+  <si>
     <t>213</t>
   </si>
   <si>
-    <t>2025</t>
-[...4 lines deleted...]
-  <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Gê do Traçadal, Tuchinha</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/213/requerimento_no_01_22-01-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/213/requerimento_no_01_22-01-2025.pdf</t>
   </si>
   <si>
     <t>I – Levantamento Financeiro (custo da obra) do Aterro, com Instalações de Tubulhões,  manilhamento de 100mm ou Construção de Galeria Fluvial  no trecho compreendido da Ponte Sobre o Rio Velho (ponte de ferro) até o entrocamento da entrada do Sobrado (frente a propriedade do Senhor Natinho), no sentido da Comunidade Alazão.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>Tuchinha</t>
-[...2 lines deleted...]
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/214/requerimento_no_02_22-01-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/214/requerimento_no_02_22-01-2025.pdf</t>
   </si>
   <si>
     <t>I – Levantamento Financeiro (custo da obra) do Aterro, com Instalações de Tubulhões,  manilhamento de 100mm ou Construção de Galeria Fluvial  no trecho compreendido da Propriedade do Senhor Fernando Guerra até a Ponte do Teiú (sobre o rio pardo).</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/215/requerimento_no_03_22-01-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/215/requerimento_no_03_22-01-2025.pdf</t>
   </si>
   <si>
     <t>I – Solicitar ao Secretário de Agricultura para que esta secretaria crie um programa para dar finalidade à Escavadeira Hidráulica, bem como para atender o Programa lançado na Micro do Teiú, com 500 horas desta máquina destinadas ao desassoreamento com cacimbas das nascentes existentes anos atrás, as quais foram assoreadas devidos aos reflorestamentos desordenados naquela região, à época pela Vale do Embaúba Reflorestamento</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Arleide Costa</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/216/requerimento_no_04_28-01-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/216/requerimento_no_04_28-01-2025.pdf</t>
   </si>
   <si>
     <t>I – Reabertura/Criação de Agência Comunitária dos Correios (AGC) no Distrito de Serra Nova.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/217/requerimento_no_05_29-01-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/217/requerimento_no_05_29-01-2025.pdf</t>
   </si>
   <si>
     <t>I – Castração de cachorros abandonados. II – Construção de um Canil Municipal.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/218/requerimento_no_06_30-01-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/218/requerimento_no_06_30-01-2025.pdf</t>
   </si>
   <si>
     <t>I – Manutenção/Reparo dos Parquinhos das Praças do Município de Rio Pardo de Minas.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/219/requerimento_no_07_30-01-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/219/requerimento_no_07_30-01-2025.pdf</t>
   </si>
   <si>
     <t>I – Extensão da Iluminação Pública no calçamento de caminhada da Avenida Beira Rio, bem como manutenção da academia pública.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/220/requerimento_no_08_30-01-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/220/requerimento_no_08_30-01-2025.pdf</t>
   </si>
   <si>
     <t>I – Ligar a energia elétrica nos três postes de iluminação pública instalados na extensão da Rua Altídes Gomes da Silva, localizada no Bairro Cidade Nova. Caso não seja possível a Prefeitura Municipal executar o pedido, solicito que o responsável pelo loteamento seja notificado para regularizar tal situação.		_x000D_
 II – Extensão da Iluminação Pública no calçamento de caminhada da Avenida Beira Rio, bem como manutenção da academia pública.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/221/requerimento_no_09_30-01-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/221/requerimento_no_09_30-01-2025.pdf</t>
   </si>
   <si>
     <t>I – Empenhar esforços para designar um Delegado da Polícia Civil para a Comarca de Rio Pardo de Minas-MG.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Cícero da Cancela</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>I – Construção / Instalação  de um Fraldário no Mercado Municipal.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>I – Patrolamento e Cascalhamento, bem como os reparos dos manilhamentos das estradas das localidades de: Água Boa II, Santa Maria, Monte Alegre I e II, Lagoa Vermelha, Brejo Grande, todas da Zona Rural deste município.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>I – Manilhamento do córrego de Santa Maria;_x000D_
 II – Manilhamento do córrego do Bambu, na comunidade de Monte Alegre.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Gê do Traçadal</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/225/requerimento_no_13_30-01-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/225/requerimento_no_13_30-01-2025.pdf</t>
   </si>
   <si>
     <t>I – Manilhamento no Povoado do Cedro, deste município.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Rochinha</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/226/requerimento_no_14_30-02-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/226/requerimento_no_14_30-02-2025.pdf</t>
   </si>
   <si>
     <t>I – Implantação de Lombada na rua Capistrano Carmo. (Próximo ao Conjunto habitacional Elton Cipriano);_x000D_
 II - Implantação de Lombada na extensão da Rua Soter Carmo e da Avenida Espinosa.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/227/requerimento_no_15_30-02-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/227/requerimento_no_15_30-02-2025.pdf</t>
   </si>
   <si>
     <t>I - Implantação de Placas de Sinalização de Trânsito, em todos os logradouros públicos desta cidade (ruas, praças e avenidas).</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/228/requerimento_no_16_03-01-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/228/requerimento_no_16_03-01-2025.pdf</t>
   </si>
   <si>
     <t>I - interceder junto ao Órgão competente, proceda a nomeação de um Delegado de Polícia Civil neste Município de Rio Pardo de Minas-MG,</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Gean Marcos</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/229/requerimento_no_17_11-02-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/229/requerimento_no_17_11-02-2025.pdf</t>
   </si>
   <si>
     <t>I –  Providenciar transporte escolar para fazer linha direta entre as comunidades Cocos, Brejo Grande, Tapera e a Escola Estadual Norberto de Almeida Rocha (Escola da HP)</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/230/requerimento_no_18_11-02-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/230/requerimento_no_18_11-02-2025.pdf</t>
   </si>
   <si>
     <t>I –  Aterramento com galeria de escoamento de água sobre o rio Bibiu na estrada principal do Distrito de Serra Nova, entre  as comunidades Tatu e Beira-Rio;	_x000D_
 II – Elaboração do Plano Diretor do Distrito de Serra Nova.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/231/requerimento_no_19_11-02-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/231/requerimento_no_19_11-02-2025.pdf</t>
   </si>
   <si>
     <t>I — Solicitar limpeza pública urbana e coleta de lixo no povoado do Bonfim, zona rural do município de Rio Pardo de Minas-MG; _x000D_
 Il — Extensão de rede elétrica e Iluminação Pública no povoado do Bonfim, zona rural do município de Rio Pardo de Minas-MG;_x000D_
 Ill — Construção de lombadas em alguma ruas  povoado do Bonfim,zona rural do município de Rio Pardo de Minas-MG.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Célio da Sáude</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/232/requerimento_no_20_13-02-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/232/requerimento_no_20_13-02-2025.pdf</t>
   </si>
   <si>
     <t>I – Alargamento, patrolamento e cascalhamento na estrada da Saída para Nova Aurora, no trecho compreendido da entrada do Cemitério até a entrada da Comunidade Brejos;_x000D_
 II – Patrolamento das estradas vicinais que dão acesso a todas as Comunidades Rurais deste município de Rio Pardo de Minas – MG.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/233/requerimento_no_21_13-02-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/233/requerimento_no_21_13-02-2025.pdf</t>
   </si>
   <si>
     <t>I – Revitalização Do Canteiro Central da Avenida Padre Horácio Giraldi e Praça Dr. Miguel Rosa;</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/234/requerimento_no_22_27-02-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/234/requerimento_no_22_27-02-2025.pdf</t>
   </si>
   <si>
     <t>I – Manilhamento em vários pontos específicos da estrada que liga a Comunidade de Boa Vista à sede do município;_x000D_
 II - Manilhamento em vários pontos específicos da estrada que liga a Comunidade de Traçadal à sede do município</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Fernandão da Academia</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/235/requerimento_no_23_07-03-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/235/requerimento_no_23_07-03-2025.pdf</t>
   </si>
   <si>
     <t>I – Recapeamento asfáltico da rua Joaquim vieira, no bairro Cidade Lata desta cidade.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/236/requerimento_no_24_07-03-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/236/requerimento_no_24_07-03-2025.pdf</t>
   </si>
   <si>
     <t>I – Implantação de Lombada elevada na Rua Celcino Costa esquina com a Rua Tácito de Freitas Costa; _x000D_
 II - Implantação de Lombada elevada na Avenida Domingos Português em frente a Igreja Assembleia de Deus; _x000D_
 II - Implantação de Lombada elevada na Avenida Mário Nascimento em Frente ao Cemitério Cidade Baixa.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/237/requerimento_no_25_07-03-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/237/requerimento_no_25_07-03-2025.pdf</t>
   </si>
   <si>
     <t>I – Construção de uma Rotatória no entroncamento da Avenida Padre Horácio Giraldi com a Avenida Domingos Português.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/238/requerimento_no_26_07-03-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/238/requerimento_no_26_07-03-2025.pdf</t>
   </si>
   <si>
     <t>I – Calçamento/Estuque em frente a CEMEI Emilly Ferrari e CEMEI Casulo Menino Jesus, neste município.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/239/requerimento_no_27_07-03-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/239/requerimento_no_27_07-03-2025.pdf</t>
   </si>
   <si>
     <t>I – Aquisição e instalação de bicicletário na Praça da Matriz, Praça do Mercado, Praça Alberto Deodato Maia, no Campo Gramado, na Academia do Bairro Moraes I e na área da Secretaria de Saúde e na Unidade Mista, neste município.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/240/requerimento_no_28_07-03-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/240/requerimento_no_28_07-03-2025.pdf</t>
   </si>
   <si>
     <t>I – Extensão asfáltica no bairro Cidade Nova, especialmente nas ruas Águas Vermelhas, Altídes Gomes, rua J, entre outras.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/241/requerimento_no_29_07-03-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/241/requerimento_no_29_07-03-2025.pdf</t>
   </si>
   <si>
     <t>I – Construção e arborização da Praça Alberto Deodato. II – Apresentar Projeto de Construção da Praça Alberto Deodato (se houver).</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/242/requerimento_no_30_11-03-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/242/requerimento_no_30_11-03-2025.pdf</t>
   </si>
   <si>
     <t>I – Ceder um servidor/cuidador para a A.P.A.E deste município.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/243/requerimento_no_31_17-03-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/243/requerimento_no_31_17-03-2025.pdf</t>
   </si>
   <si>
     <t>I – Reparação dos quebra-molas/lombadas, no distrito de Serra Nova; _x000D_
 II – Extensão de rede de iluminação pública, iniciando na rua Dário Silveira até a sede do Parque Estadual de Serra Nova e Talhado.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/244/requerimento_no_32_17-03-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/244/requerimento_no_32_17-03-2025.pdf</t>
   </si>
   <si>
     <t>I – Manilhamento no entroncamento da Rua Cristovão Mendes com a Rua Gumercindo Dias Mendes (Saída para Serra Nova)._x000D_
 II – Arborização Da Sede Deste Municipio De Rio Pardo De Minas-MG. _x000D_
 III – Recuperação de nascentes neste município de Rio Pardo de Minas – MG.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/245/requerimento_no_33_17-03-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/245/requerimento_no_33_17-03-2025.pdf</t>
   </si>
   <si>
     <t>I – Manutenção / Patrolamento da estrada nas comunidades da micro região do distrito de Serra Nova._x000D_
 II - Manutenção / Patrolamento da estrada da comunidade de Raiz.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/262/requerimento_no_34_17-03-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/262/requerimento_no_34_17-03-2025.pdf</t>
   </si>
   <si>
     <t>I - Abertura de cacimbas em comunidades rurais que dispõe de locais apropriados.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/263/requerimento_no_35_17-03-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/263/requerimento_no_35_17-03-2025.pdf</t>
   </si>
   <si>
     <t>I - Patrolamento das estradas ligando a sede deste município à comunidade de Lagoa Vermelha, passando pelas comunidades de: Santa Maria, Monte Alegre I e Monte Alegre II</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>I – Patrolamento/manutenção das estradas das Comunidades de: Catanduva e Tingui, zona rural deste município de Rio Pardo de Minas – MG.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>I – Iluminação da Avenida Janaúba. _x000D_
 II – Instalação de Grade de Proteção nas margens da Galeria Fluvial da Avenida Janaúba.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/249/requerimento_no_41_01-04-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/249/requerimento_no_41_01-04-2025.pdf</t>
   </si>
   <si>
     <t>I – Calçamento da Ladeira do Guará, em um trecho da estrada que liga a sede do município ao Povoado do Bonfim deste município.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/250/requerimento_no_42_01-04-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/250/requerimento_no_42_01-04-2025.pdf</t>
   </si>
   <si>
     <t>I - Solicitação de cópia do processo licitatório do recurso repassado pelo Estado e em que fase ela se encontra a regularização Fundiária do município de Rio Pardo de Minas-MG.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/251/requerimento_no_43_01-04-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/251/requerimento_no_43_01-04-2025.pdf</t>
   </si>
   <si>
     <t>I - Informações sobre Contratos, Cargos Comissionados e Remuneração do município de Rio Pardo de Minas-MG.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/252/requerimento_no_45_11-03-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/252/requerimento_no_45_11-03-2025.pdf</t>
   </si>
   <si>
     <t>I – Revisão do Auxílio-Alimentação dos Servidores Públicos deste Município de Rio Pardo de Minas – MG.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>I – Construção/instalação de pontos de atendimento básico de saúde nas comunidades de: Teiú, Bonito e Jaguaribe, todas da zona rural deste município.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/254/requerimento_no_47_11-03-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/254/requerimento_no_47_11-03-2025.pdf</t>
   </si>
   <si>
     <t>I – Estender o horário de Atendimento até as 18:00h no Posto de Saúde de Serra, com Equipe de Enfermeiro e Técnico de Enfermagem.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/255/requerimento_no_48_14-04-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/255/requerimento_no_48_14-04-2025.pdf</t>
   </si>
   <si>
     <t>I – Patrolamento/Manutenção da estrada na Comunidade de Raiz, especificamente no Trecho compreendido do Corredor de Manoel de Marcos.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/256/requerimento_no_49_14-04-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/256/requerimento_no_49_14-04-2025.pdf</t>
   </si>
   <si>
     <t>I – Construção/Implantação de Lombadas na Avenida Montes Claros próxima a esquina com a Rua Salinas.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/257/requerimento_no_50_14-04-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/257/requerimento_no_50_14-04-2025.pdf</t>
   </si>
   <si>
     <t>I – Asfaltamento e/ou Calçamento da Rua Janaúba, no Povoado de Nova Aurora.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/260/requerimento_no_51_15-04-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/260/requerimento_no_51_15-04-2025.pdf</t>
   </si>
   <si>
     <t>I - Reparo da Iluminação Pública em 05 postes da Rua Gumercindo Dias Mendes nas proximidades da saída para Serra Nova._x000D_
 _x000D_
 Il — Instalação de 02 postes e iluminação pública na rua ""A" do Bairro Morais II.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Gêra do Salão</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/261/requerimento_no_52_15-04-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/261/requerimento_no_52_15-04-2025.pdf</t>
   </si>
   <si>
     <t>I - Calçamento das passarelas do cemitério Cidade Alta;_x000D_
 II - Construção de uma Capela no cemitério Cidade Alta.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/264/requerimento_no_53_29-04-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/264/requerimento_no_53_29-04-2025.pdf</t>
   </si>
   <si>
     <t>I - Construção de banheiros no 1º piso do Mercado Municipal</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/265/requerimento_no_54_05-05-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/265/requerimento_no_54_05-05-2025.pdf</t>
   </si>
   <si>
     <t>I - Instalação/Construção de Lombadas e ou Redutores de velocidade, na rua Jovelino Pinheiro da Cruz, no trecho compreendido da Avenida Padre Horácio Giraldy até a Rua Osório Batista</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/266/requerimento_no_55_05-05-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/266/requerimento_no_55_05-05-2025.pdf</t>
   </si>
   <si>
     <t>I - Reparo da iluminação pública em 05 postes da Rua Gumercindo Dias Mendes saída para Serra Nova.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/267/requerimento_no_56_05-05-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/267/requerimento_no_56_05-05-2025.pdf</t>
   </si>
   <si>
     <t>I - Reabertura/Criação de Agência Comunitária dos Correios (AGC) no Distrito de Serra Nova.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/268/requerimento_no_57_05-05-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/268/requerimento_no_57_05-05-2025.pdf</t>
   </si>
   <si>
     <t>I - Patrolamento e cascalhamento da estrada que liga a Sede deste município de Rio Pardo de Minas ao Distrito de Serra Nova, bem como o patrolamento das estradas que integram a Região do referido distrito</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/270/requerimento_no_59_13-05-2025.pdf</t>
+    <t>Zael da Adega</t>
+  </si>
+  <si>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/270/requerimento_no_59_13-05-2025.pdf</t>
   </si>
   <si>
     <t>I -  Instalação/Construção de Rampas Elevada na Avenida Mário Nascimento nas proximidades do Posto Pinheiro</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/271/requerimento_no_60_14-05-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/271/requerimento_no_60_14-05-2025.pdf</t>
   </si>
   <si>
     <t>I - Patrolamento e alargamento da estrada da Comunidade de Atoleiro;_x000D_
 II - Alargamento de uma Curva localizada  no trecho da comunidade Atoleiro, da Estrada que liga a Sede a Monte Alegre</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/272/requerimento_no_61_14-05-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/272/requerimento_no_61_14-05-2025.pdf</t>
   </si>
   <si>
     <t>I - Patrolamento e Cascalhamento da estrada que liga a Sede do município à Comunidade de Monte Alegre II _x000D_
 II -  Alargamento e Manilhamento em um trecho do Corredor de Nelita na Comunidade de Barra Santa Maria.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/273/requerimento_no_62_15-05-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/273/requerimento_no_62_15-05-2025.pdf</t>
   </si>
   <si>
     <t>I - Determinar a conclusão do restante da Substituição para Lâmpadas de Led das luminárias de iluminação Pública dos Distrito de Serra Nova.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/274/requerimento_no_63_15-05-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/274/requerimento_no_63_15-05-2025.pdf</t>
   </si>
   <si>
     <t>I - Construção de Rampas Elevadas no Distrito de Serra Nova.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/275/requerimento_no_64_15-05-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/275/requerimento_no_64_15-05-2025.pdf</t>
   </si>
   <si>
     <t>I – Sinalização de Regulamentação de trânsito em todos os Logradouros Públicos do Distrito de Serra Nova</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/276/requerimento_no_65_15-05-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/276/requerimento_no_65_15-05-2025.pdf</t>
   </si>
   <si>
     <t>I - Reformular a Sinalização de Trânsito em todos os logradouros públicos desta cidade, especialmente nos Logradouros do Centro da cidade.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/277/requerimento_no_66_29-05-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/277/requerimento_no_66_29-05-2025.pdf</t>
   </si>
   <si>
     <t>I - Reforma da ponte sobre o rio pardo na travessia da comunidade do Teiú. (Passagem das éguas).</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/278/requerimento_no_67_29-05-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/278/requerimento_no_67_29-05-2025.pdf</t>
   </si>
   <si>
     <t>I - Construção/instalação de um ponto de atendimento básico de saúde nas comunidades de Santana II.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/279/requerimento_no_68_29-05-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/279/requerimento_no_68_29-05-2025.pdf</t>
   </si>
   <si>
     <t>I - Patrolamento e Cascalhamento na Micro Região da Comunidade Santana, deste município de Rio Pardo de Minas–MG.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/280/requerimento_no_69_29-05-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/280/requerimento_no_69_29-05-2025.pdf</t>
   </si>
   <si>
     <t>I - Regulamentar o Trânsito em Mão Única em um trecho da Rua Regina Mendes Silveira até o início da Avenida Domingos Português (Ladeira de "Seu João Mendes").</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/281/requerimento_no_70_02-06-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/281/requerimento_no_70_02-06-2025.pdf</t>
   </si>
   <si>
     <t>I - Implantação de Placas de Identificação das Ruas em todos os Bairros da Sede do Município, especialmente do Bairro Cidade Nova</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/282/requerimento_no_71_02-06-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/282/requerimento_no_71_02-06-2025.pdf</t>
   </si>
   <si>
     <t>I - Reparação da abertura/revestimentos de Poço Artesiano da Comunidade Leitão.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/283/requerimento_no_72_12-06-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/283/requerimento_no_72_12-06-2025.pdf</t>
   </si>
   <si>
     <t>I - Patrolamento das Estrada que Liga a Sede do Município às Comunidades de: Boa Vista e Riacho de Areia_x000D_
 II - Patrolamento das Estrada que Liga a Sede do Município às Comunidades de: Boa Vista e Santa Bárbara, Traçadal e Cedro</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/284/requerimento_no_73_31-07-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/284/requerimento_no_73_31-07-2025.pdf</t>
   </si>
   <si>
     <t>I - Realização da Regulamentação Fundiária do distrito de Serra Nova</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/285/requerimento_no_74_31-07-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/285/requerimento_no_74_31-07-2025.pdf</t>
   </si>
   <si>
     <t>I - Revitalização da Praça Odílio Ferreira dos Santos, no Bairro JK.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/286/requerimento_no_75_04-08-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/286/requerimento_no_75_04-08-2025.pdf</t>
   </si>
   <si>
     <t>I - Edição de DECRETO que estabeleça ponto facultativo no dia 15 de agosto de 2025 nas repartições públicas do município.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/287/requerimento_no_76_25-08-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/287/requerimento_no_76_25-08-2025.pdf</t>
   </si>
   <si>
     <t>Realização de um Fórum Temático denominado Fórum do Agro Riopardense: Atualidades e Possibilidades, com o objetlvo de reunir agricultores, associações, cooperativas, lideranças comunitárias, empresários, universidades, órgãos públicos e instituições parceiras para debater os principais desafios e potencialidades da agropecuária, do turismo ecológico e das atividades econômicas emergentes do município de Rio Pardo de Minas</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/288/requerimento_no_77_29-08-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/288/requerimento_no_77_29-08-2025.pdf</t>
   </si>
   <si>
     <t>I - Reforma da ponte na travessia da comunidade de Boa Vista para a Comunidade de Santa Bárbara._x000D_
 II - Reforma da ponte na travessia da Comunidade de Santa Bárbara para a Comunidades de Ria de Areia</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/289/requerimento_no_78_29-08-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/289/requerimento_no_78_29-08-2025.pdf</t>
   </si>
   <si>
     <t>I - Patrolamento das Estradas que Liga a Sede do Município Rio Pardo de  Minas ao Município de Indaiabira_x000D_
 II - Patrolamento das Estrada que Liga a Sede ao Município Rio Pardo de Minas ao Município de Vargem Grande do Rio Pardo</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/290/requerimento_no_79_29-08-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/290/requerimento_no_79_29-08-2025.pdf</t>
   </si>
   <si>
     <t>I - Patrolamento das Comunidades de: Alazão, Água Boa I, Água Boa II e Bonito, todas da Zona Rural deste município de Rio Pardo de Minas - MG.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/291/requerimento_no_80_15-09-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/291/requerimento_no_80_15-09-2025.pdf</t>
   </si>
   <si>
     <t>I - Implantar a periculosidade aos servidores lotados no CAPS, nos termos do LTCAT</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/292/requerimento_no_81_29-09-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/292/requerimento_no_81_29-09-2025.pdf</t>
   </si>
   <si>
     <t>I - Promover as reformas e melhorias necessárias ao bom funcionamento da Escola Municipal Pedacinho do Céu, sendo: Cozinha, Bebedouro, lavatório para mãos, banheiros, quadra (irregularidade na cobertura e no piso)_x000D_
 Fotos em anexo, do dia 09/09/2025</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>I - Programa Bolsa Família e Cadastro de Família unipessoal_x000D_
 II - Programa: Minha casa, minha vida rural e urbano (Planilha/Cadastros dos Beneficiários); e informação pela Comissão responsável pela seleção dos beneficiários;</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/294/requerimento_no_83_13-10-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/294/requerimento_no_83_13-10-2025.pdf</t>
   </si>
   <si>
     <t>I - Limpeza/Retirada de Entulhos em um trecho da Rua Montalvânia_x000D_
 II - Abertura em um trecho ligando a Rua Montalvânia à Rua Odílio Torres Costa no Bairro Jardim Florestal</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/295/requerimento_no_84_13-10-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/295/requerimento_no_84_13-10-2025.pdf</t>
   </si>
   <si>
     <t>I - Implantação de Sistema de Sinalização Eletrônica de Trânsito (semáforo), no cruzamento da Avenida Mario Nascimento com a Rua Jovelino Pinheiro e Avenida Beira Rio (Frente ao Posto de Tonão).</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/296/requerimento_no_85_13-10-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/296/requerimento_no_85_13-10-2025.pdf</t>
   </si>
   <si>
     <t>I - Construção de redutores de velocidade e ou lombadas, no entroncamento da Avenida Beira Rio com a Rua Gumercindo Dias Mendes (saída pra Serra Nova)</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/297/requerimento_no_86_14-10-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/297/requerimento_no_86_14-10-2025.pdf</t>
   </si>
   <si>
     <t>I - Instalação de Lixeiras em toda extensão da Avenida Beira Rio.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/298/requerimento_no_87_15-10-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/298/requerimento_no_87_15-10-2025.pdf</t>
   </si>
   <si>
     <t>I - Implantação de Lombada elevada na Avenida Gumercindo Costa, centro, nas proximidades da Escadaria do Cruzeiro.</t>
   </si>
   <si>
+    <t>299</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/299/requerimento_no_88_29-10-2025.pdf</t>
+  </si>
+  <si>
+    <t>I - Reforma/Revitalização geral da Escadaria do Cruzeiro;</t>
+  </si>
+  <si>
+    <t>300</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/300/requerimento_no_89_29-10-2025.pdf</t>
+  </si>
+  <si>
+    <t>I - Construção/Instalação de uma Sala de Amamentação com Fraldário no Mercado Municipal</t>
+  </si>
+  <si>
+    <t>301</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/301/requerimento_no_90_29-10-2025.pdf</t>
+  </si>
+  <si>
+    <t>I - Grade de Proteção no entorno do Parquinho, próximo ao CEMEI Cásulo Menino Jesus</t>
+  </si>
+  <si>
+    <t>302</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/302/requerimento_no_93_17-11-2025.pdf</t>
+  </si>
+  <si>
+    <t>I - Reforma do Salão de Velório (CGS)_x000D_
+II - Apoio com transporte para família em vulnerabilidade, em cortejo fúnebre local.</t>
+  </si>
+  <si>
+    <t>303</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/303/requerimento_no_94_17-11-2025.pdf</t>
+  </si>
+  <si>
+    <t>I - Acessibilidade a Pessoas com deficiência nos espaços públicas, sendo: Cemitérios; Secretaria De Saúde; Salão de velório (CGS); Escolas Municipais.</t>
+  </si>
+  <si>
     <t>258</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao_no_01_17-03-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao_no_01_17-03-2025.pdf</t>
   </si>
   <si>
     <t>Dispões sobre a equiparação salarial do cargo de auxiliar de enfermagem com o cargo de Técnico em enfermagem, e dá outras providências</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>Ailton da Prata</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao_no_02_14-04-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao_no_02_14-04-2025.pdf</t>
   </si>
   <si>
     <t>Institui no município de Rio Pardo de Minas/MG o programa bolsa atleta e dá outras providências</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/269/indicacao_no_03_05-05-2025.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/269/indicacao_no_03_05-05-2025.pdf</t>
   </si>
   <si>
     <t>Indicação do Projeto de Lei que: "Dispões sobre a atuação dos órgãos de preservação ambiental no âmbito da reserva de desenvolvimento sustentável nascentes gerazeiras - Instituto Chico Mendes de Conservação da Biodiversidade (ICMBio) no município de Rio Pardo de Minas e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1448,68 +1527,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/213/requerimento_no_01_22-01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/214/requerimento_no_02_22-01-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/215/requerimento_no_03_22-01-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/216/requerimento_no_04_28-01-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/217/requerimento_no_05_29-01-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/218/requerimento_no_06_30-01-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/219/requerimento_no_07_30-01-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/220/requerimento_no_08_30-01-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/221/requerimento_no_09_30-01-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/225/requerimento_no_13_30-01-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/226/requerimento_no_14_30-02-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/227/requerimento_no_15_30-02-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/228/requerimento_no_16_03-01-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/229/requerimento_no_17_11-02-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/230/requerimento_no_18_11-02-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/231/requerimento_no_19_11-02-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/232/requerimento_no_20_13-02-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/233/requerimento_no_21_13-02-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/234/requerimento_no_22_27-02-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/235/requerimento_no_23_07-03-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/236/requerimento_no_24_07-03-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/237/requerimento_no_25_07-03-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/238/requerimento_no_26_07-03-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/239/requerimento_no_27_07-03-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/240/requerimento_no_28_07-03-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/241/requerimento_no_29_07-03-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/242/requerimento_no_30_11-03-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/243/requerimento_no_31_17-03-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/244/requerimento_no_32_17-03-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/245/requerimento_no_33_17-03-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/262/requerimento_no_34_17-03-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/263/requerimento_no_35_17-03-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/249/requerimento_no_41_01-04-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/250/requerimento_no_42_01-04-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/251/requerimento_no_43_01-04-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/252/requerimento_no_45_11-03-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/254/requerimento_no_47_11-03-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/255/requerimento_no_48_14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/256/requerimento_no_49_14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/257/requerimento_no_50_14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/260/requerimento_no_51_15-04-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/261/requerimento_no_52_15-04-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/264/requerimento_no_53_29-04-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/265/requerimento_no_54_05-05-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/266/requerimento_no_55_05-05-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/267/requerimento_no_56_05-05-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/268/requerimento_no_57_05-05-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/270/requerimento_no_59_13-05-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/271/requerimento_no_60_14-05-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/272/requerimento_no_61_14-05-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/273/requerimento_no_62_15-05-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/274/requerimento_no_63_15-05-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/275/requerimento_no_64_15-05-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/276/requerimento_no_65_15-05-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/277/requerimento_no_66_29-05-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/278/requerimento_no_67_29-05-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/279/requerimento_no_68_29-05-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/280/requerimento_no_69_29-05-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/281/requerimento_no_70_02-06-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/282/requerimento_no_71_02-06-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/283/requerimento_no_72_12-06-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/284/requerimento_no_73_31-07-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/285/requerimento_no_74_31-07-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/286/requerimento_no_75_04-08-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/287/requerimento_no_76_25-08-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/288/requerimento_no_77_29-08-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/289/requerimento_no_78_29-08-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/290/requerimento_no_79_29-08-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/291/requerimento_no_80_15-09-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/292/requerimento_no_81_29-09-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/294/requerimento_no_83_13-10-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/295/requerimento_no_84_13-10-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/296/requerimento_no_85_13-10-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/297/requerimento_no_86_14-10-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/298/requerimento_no_87_15-10-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao_no_01_17-03-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao_no_02_14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/269/indicacao_no_03_05-05-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/304/mocao_de_pesar_no_01_06-02-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/213/requerimento_no_01_22-01-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/214/requerimento_no_02_22-01-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/215/requerimento_no_03_22-01-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/216/requerimento_no_04_28-01-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/217/requerimento_no_05_29-01-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/218/requerimento_no_06_30-01-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/219/requerimento_no_07_30-01-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/220/requerimento_no_08_30-01-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/221/requerimento_no_09_30-01-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/225/requerimento_no_13_30-01-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/226/requerimento_no_14_30-02-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/227/requerimento_no_15_30-02-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/228/requerimento_no_16_03-01-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/229/requerimento_no_17_11-02-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/230/requerimento_no_18_11-02-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/231/requerimento_no_19_11-02-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/232/requerimento_no_20_13-02-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/233/requerimento_no_21_13-02-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/234/requerimento_no_22_27-02-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/235/requerimento_no_23_07-03-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/236/requerimento_no_24_07-03-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/237/requerimento_no_25_07-03-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/238/requerimento_no_26_07-03-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/239/requerimento_no_27_07-03-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/240/requerimento_no_28_07-03-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/241/requerimento_no_29_07-03-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/242/requerimento_no_30_11-03-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/243/requerimento_no_31_17-03-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/244/requerimento_no_32_17-03-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/245/requerimento_no_33_17-03-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/262/requerimento_no_34_17-03-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/263/requerimento_no_35_17-03-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/249/requerimento_no_41_01-04-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/250/requerimento_no_42_01-04-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/251/requerimento_no_43_01-04-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/252/requerimento_no_45_11-03-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/254/requerimento_no_47_11-03-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/255/requerimento_no_48_14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/256/requerimento_no_49_14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/257/requerimento_no_50_14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/260/requerimento_no_51_15-04-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/261/requerimento_no_52_15-04-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/264/requerimento_no_53_29-04-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/265/requerimento_no_54_05-05-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/266/requerimento_no_55_05-05-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/267/requerimento_no_56_05-05-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/268/requerimento_no_57_05-05-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/270/requerimento_no_59_13-05-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/271/requerimento_no_60_14-05-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/272/requerimento_no_61_14-05-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/273/requerimento_no_62_15-05-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/274/requerimento_no_63_15-05-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/275/requerimento_no_64_15-05-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/276/requerimento_no_65_15-05-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/277/requerimento_no_66_29-05-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/278/requerimento_no_67_29-05-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/279/requerimento_no_68_29-05-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/280/requerimento_no_69_29-05-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/281/requerimento_no_70_02-06-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/282/requerimento_no_71_02-06-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/283/requerimento_no_72_12-06-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/284/requerimento_no_73_31-07-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/285/requerimento_no_74_31-07-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/286/requerimento_no_75_04-08-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/287/requerimento_no_76_25-08-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/288/requerimento_no_77_29-08-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/289/requerimento_no_78_29-08-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/290/requerimento_no_79_29-08-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/291/requerimento_no_80_15-09-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/292/requerimento_no_81_29-09-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/294/requerimento_no_83_13-10-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/295/requerimento_no_84_13-10-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/296/requerimento_no_85_13-10-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/297/requerimento_no_86_14-10-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/298/requerimento_no_87_15-10-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/299/requerimento_no_88_29-10-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/300/requerimento_no_89_29-10-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/301/requerimento_no_90_29-10-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/302/requerimento_no_93_17-11-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/303/requerimento_no_94_17-11-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao_no_01_17-03-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao_no_02_14-04-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2025/269/indicacao_no_03_05-05-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H86"/>
+  <dimension ref="A1:H92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="112.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="114" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1529,2206 +1608,2380 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F4" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="H4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F5" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="H5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F6" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F7" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F8" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F9" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H9" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F10" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H10" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E11" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F11" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>53</v>
       </c>
       <c r="H11" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>55</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>56</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F12" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="H12" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>60</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>61</v>
+      </c>
+      <c r="D13" t="s">
+        <v>17</v>
+      </c>
+      <c r="E13" t="s">
+        <v>18</v>
+      </c>
+      <c r="F13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G13" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="B13" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H13" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F14" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="H14" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>66</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>67</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F15" t="s">
         <v>68</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>69</v>
       </c>
       <c r="H15" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>71</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>72</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F16" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="H16" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>73</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H17" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F18" t="s">
-        <v>81</v>
+        <v>19</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>82</v>
       </c>
       <c r="H18" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>84</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>85</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F19" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H19" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F20" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="H20" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F21" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>95</v>
       </c>
       <c r="H21" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>97</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>98</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E22" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F22" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="H22" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E23" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F23" t="s">
-        <v>63</v>
+        <v>99</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="H23" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E24" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F24" t="s">
-        <v>107</v>
+        <v>68</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>108</v>
       </c>
       <c r="H24" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>110</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>111</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E25" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F25" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H25" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E26" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F26" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="H26" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E27" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F27" t="s">
-        <v>27</v>
+        <v>112</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="H27" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E28" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F28" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="H28" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D29" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E29" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F29" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="H29" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D30" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E30" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F30" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="H30" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E31" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F31" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="H31" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E32" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F32" t="s">
-        <v>81</v>
+        <v>32</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H32" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E33" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F33" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="H33" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E34" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F34" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="H34" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E35" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F35" t="s">
-        <v>18</v>
+        <v>86</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H35" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E36" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F36" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="H36" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E37" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F37" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>53</v>
+        <v>161</v>
       </c>
       <c r="H37" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D38" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E38" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F38" t="s">
-        <v>68</v>
+        <v>13</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="H38" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E39" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F39" t="s">
-        <v>27</v>
+        <v>73</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>166</v>
+        <v>58</v>
       </c>
       <c r="H39" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E40" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F40" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="H40" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D41" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E41" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F41" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="H41" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E42" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F42" t="s">
-        <v>94</v>
+        <v>32</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="H42" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E43" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F43" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>53</v>
+        <v>183</v>
       </c>
       <c r="H43" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D44" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E44" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F44" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>185</v>
+        <v>58</v>
       </c>
       <c r="H44" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D45" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E45" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F45" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="H45" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D46" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E46" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F46" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="H46" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D47" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E47" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F47" t="s">
-        <v>107</v>
+        <v>13</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H47" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D48" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E48" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F48" t="s">
-        <v>27</v>
+        <v>112</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="H48" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D49" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E49" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F49" t="s">
-        <v>205</v>
+        <v>32</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>206</v>
       </c>
       <c r="H49" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>208</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>209</v>
       </c>
       <c r="D50" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E50" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F50" t="s">
-        <v>63</v>
+        <v>210</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="H50" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D51" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E51" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F51" t="s">
-        <v>27</v>
+        <v>68</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="H51" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D52" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E52" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F52" t="s">
-        <v>81</v>
+        <v>32</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="H52" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D53" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E53" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F53" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H53" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D54" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E54" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F54" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="H54" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D55" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E55" t="s">
-        <v>12</v>
+        <v>18</v>
+      </c>
+      <c r="F55" t="s">
+        <v>86</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="H55" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D56" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E56" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F56" t="s">
-        <v>52</v>
+        <v>235</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="H56" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D57" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E57" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F57" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="H57" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="D58" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E58" t="s">
-        <v>12</v>
+        <v>18</v>
+      </c>
+      <c r="F58" t="s">
+        <v>57</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="H58" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="D59" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E59" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F59" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="H59" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="D60" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E60" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F60" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="H60" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D61" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E61" t="s">
-        <v>12</v>
+        <v>18</v>
+      </c>
+      <c r="F61" t="s">
+        <v>112</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="H61" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="D62" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E62" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F62" t="s">
-        <v>205</v>
+        <v>32</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="H62" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="D63" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E63" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F63" t="s">
-        <v>68</v>
+        <v>210</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="H63" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="D64" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E64" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F64" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="H64" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="D65" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E65" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F65" t="s">
-        <v>94</v>
+        <v>73</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="H65" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="D66" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E66" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F66" t="s">
-        <v>52</v>
+        <v>99</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="H66" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="D67" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E67" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F67" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="H67" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="D68" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E68" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F68" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="H68" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="D69" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E69" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F69" t="s">
-        <v>18</v>
+        <v>68</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="H69" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="D70" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E70" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F70" t="s">
-        <v>94</v>
+        <v>13</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="H70" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="D71" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E71" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F71" t="s">
-        <v>81</v>
+        <v>99</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="H71" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="D72" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E72" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F72" t="s">
-        <v>107</v>
+        <v>86</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="H72" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="D73" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E73" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F73" t="s">
-        <v>63</v>
+        <v>112</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="H73" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="D74" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E74" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F74" t="s">
-        <v>94</v>
+        <v>68</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="H74" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="D75" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E75" t="s">
-        <v>12</v>
+        <v>18</v>
+      </c>
+      <c r="F75" t="s">
+        <v>99</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="H75" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="D76" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E76" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F76" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="H76" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="D77" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E77" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F77" t="s">
-        <v>27</v>
+        <v>99</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="H77" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="D78" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E78" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F78" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>53</v>
+        <v>324</v>
       </c>
       <c r="H78" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="D79" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E79" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F79" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>325</v>
+        <v>58</v>
       </c>
       <c r="H79" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="D80" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E80" t="s">
-        <v>12</v>
+        <v>18</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="H80" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="D81" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E81" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F81" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="H81" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="D82" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E82" t="s">
-        <v>12</v>
+        <v>18</v>
+      </c>
+      <c r="F82" t="s">
+        <v>57</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="H82" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="D83" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E83" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F83" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="H83" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>10</v>
+        <v>346</v>
       </c>
       <c r="D84" t="s">
-        <v>344</v>
+        <v>17</v>
       </c>
       <c r="E84" t="s">
-        <v>345</v>
+        <v>18</v>
       </c>
       <c r="F84" t="s">
-        <v>107</v>
+        <v>68</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="H84" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>17</v>
+        <v>350</v>
       </c>
       <c r="D85" t="s">
-        <v>344</v>
+        <v>17</v>
       </c>
       <c r="E85" t="s">
-        <v>345</v>
+        <v>18</v>
       </c>
       <c r="F85" t="s">
-        <v>349</v>
+        <v>32</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="H85" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>22</v>
+        <v>354</v>
       </c>
       <c r="D86" t="s">
-        <v>344</v>
+        <v>17</v>
       </c>
       <c r="E86" t="s">
-        <v>345</v>
+        <v>18</v>
       </c>
       <c r="F86" t="s">
-        <v>349</v>
+        <v>32</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="H86" t="s">
-        <v>354</v>
+        <v>356</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>357</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>358</v>
+      </c>
+      <c r="D87" t="s">
+        <v>17</v>
+      </c>
+      <c r="E87" t="s">
+        <v>18</v>
+      </c>
+      <c r="F87" t="s">
+        <v>32</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="H87" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>361</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>362</v>
+      </c>
+      <c r="D88" t="s">
+        <v>17</v>
+      </c>
+      <c r="E88" t="s">
+        <v>18</v>
+      </c>
+      <c r="F88" t="s">
+        <v>32</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="H88" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>365</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>366</v>
+      </c>
+      <c r="D89" t="s">
+        <v>17</v>
+      </c>
+      <c r="E89" t="s">
+        <v>18</v>
+      </c>
+      <c r="F89" t="s">
+        <v>32</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="H89" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>369</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>10</v>
+      </c>
+      <c r="D90" t="s">
+        <v>370</v>
+      </c>
+      <c r="E90" t="s">
+        <v>371</v>
+      </c>
+      <c r="F90" t="s">
+        <v>112</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="H90" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>374</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>23</v>
+      </c>
+      <c r="D91" t="s">
+        <v>370</v>
+      </c>
+      <c r="E91" t="s">
+        <v>371</v>
+      </c>
+      <c r="F91" t="s">
+        <v>375</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="H91" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>378</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>27</v>
+      </c>
+      <c r="D92" t="s">
+        <v>370</v>
+      </c>
+      <c r="E92" t="s">
+        <v>371</v>
+      </c>
+      <c r="F92" t="s">
+        <v>375</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="H92" t="s">
+        <v>380</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -3774,50 +4027,56 @@
     <hyperlink ref="G62" r:id="rId61"/>
     <hyperlink ref="G63" r:id="rId62"/>
     <hyperlink ref="G64" r:id="rId63"/>
     <hyperlink ref="G65" r:id="rId64"/>
     <hyperlink ref="G66" r:id="rId65"/>
     <hyperlink ref="G67" r:id="rId66"/>
     <hyperlink ref="G68" r:id="rId67"/>
     <hyperlink ref="G69" r:id="rId68"/>
     <hyperlink ref="G70" r:id="rId69"/>
     <hyperlink ref="G71" r:id="rId70"/>
     <hyperlink ref="G72" r:id="rId71"/>
     <hyperlink ref="G73" r:id="rId72"/>
     <hyperlink ref="G74" r:id="rId73"/>
     <hyperlink ref="G75" r:id="rId74"/>
     <hyperlink ref="G76" r:id="rId75"/>
     <hyperlink ref="G77" r:id="rId76"/>
     <hyperlink ref="G78" r:id="rId77"/>
     <hyperlink ref="G79" r:id="rId78"/>
     <hyperlink ref="G80" r:id="rId79"/>
     <hyperlink ref="G81" r:id="rId80"/>
     <hyperlink ref="G82" r:id="rId81"/>
     <hyperlink ref="G83" r:id="rId82"/>
     <hyperlink ref="G84" r:id="rId83"/>
     <hyperlink ref="G85" r:id="rId84"/>
     <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>