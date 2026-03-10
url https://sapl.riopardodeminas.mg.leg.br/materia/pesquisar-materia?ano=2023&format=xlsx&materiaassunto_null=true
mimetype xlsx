--- v0 (2026-01-12)
+++ v1 (2026-03-10)
@@ -51,407 +51,407 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/142/requerimento_no_119_31-02-2023.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/142/requerimento_no_119_31-02-2023.pdf</t>
   </si>
   <si>
     <t>I - Recapeamento do asfaltamento dos logradouros públicos do Distrito de Serra Nova;_x000D_
 II - Pavimentação dos Logradouros Públicos do Distrito de Serra Nova, que ainda não estão pavimentados.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>Cícero da Cancela</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/152/requerimento_no_121_15-02-2023.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/152/requerimento_no_121_15-02-2023.pdf</t>
   </si>
   <si>
     <t>I — Patrolamento da estrada que liga a sede deste município à comunidade de Rio da Cruz, passando pelas comunidades de: Santa Maria, Monte Alegre, Lagoa Vermelha e Brejo Grande;_x000D_
 _x000D_
 ll — Patrolamento da estrada que liga a comunidade de Santa Maria à Comunidade de Baixa Grande.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/151/requerimento_no_122_27-02-2023.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/151/requerimento_no_122_27-02-2023.pdf</t>
   </si>
   <si>
     <t>I - Solicitar da COPASA para que aquela empresa faça um reservatório de água para o abastecimento dos Bairros Cidade Nova e Bela Vista</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/150/requerimento_no_123_27-02-2023.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/150/requerimento_no_123_27-02-2023.pdf</t>
   </si>
   <si>
     <t>I - Abertura e Patrolamento das estradas da comunidade de Barra do Córrego_x000D_
 _x000D_
 II - Manilhamento em pontos específicos da estrada da comunidade de Barra do Córrego</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/149/requerimento_no_124_27-02-2023.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/149/requerimento_no_124_27-02-2023.pdf</t>
   </si>
   <si>
     <t>I - Construção de uma passarela sobre o Rio São Gonçalo, na comunidade de Barra do Córrego.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/148/requerimento_no_125_27-02-2023.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/148/requerimento_no_125_27-02-2023.pdf</t>
   </si>
   <si>
     <t>i - Apreender os animais (cavalos e gados) que estão soltos nas vias públicas deste município.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/147/requerimento_no_126_15-03-2023.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/147/requerimento_no_126_15-03-2023.pdf</t>
   </si>
   <si>
     <t>I - Construção de uma Rotatória no cruzamento da Rua Odílio Torres Costa com a rua José Lopes Pereira (antiga Rua do Povo).</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>Valdoiro do Peri-Peri</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/141/requerimento_no_127_30-03-2023.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/141/requerimento_no_127_30-03-2023.pdf</t>
   </si>
   <si>
     <t>I - Construção de uma rotatória ou outra que venha dar maior segurança ao trânsito na via lateral da Entrada da Comunidade Teiú (Passagem das Éguas), que liga diversas comunidades rurais à estrada Rio Pardo/Taiobeiras</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>Alvino da Água Boa</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/163/requerimento_no_128_30-03-2023.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/163/requerimento_no_128_30-03-2023.pdf</t>
   </si>
   <si>
     <t>I - Doação ou Comodato do prédio escolar para a Associação Comunitária do Gado Bravo.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>Fernandão da Academia</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/157/requerimento_no_129_31-03-2023.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/157/requerimento_no_129_31-03-2023.pdf</t>
   </si>
   <si>
     <t>I - Reabertura da Estrada de Acesso da Barragem de Nova Aurora</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/146/requerimento_no_130_03-04-2023.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/146/requerimento_no_130_03-04-2023.pdf</t>
   </si>
   <si>
     <t>I - Execução das calçadas das laterais da Escola Municipal Brithes Mesquita, localizada na rua Silvia Carmo e Rua Antônio Bento Ribeiro</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>Carlúcio do Curralinho</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/162/requerimento_no_131_17-04-2023.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/162/requerimento_no_131_17-04-2023.pdf</t>
   </si>
   <si>
     <t>I — 10 manilhas de 100 mm no Rio do Curralinho (fundo da casa Senhor Valdomir);_x000D_
 II — 10 manilhas de 60 mm na fazenda Curralinho ( fundo da casa do Senhor José Henrique);_x000D_
 III — 10 manilhas de 100 mm para Rio da Cruz (estrada da casa do Senhor Wilson Mendes);_x000D_
 IV — 20 manilhas de 60 mm para Barreiro de Cinza / Rio da Cruz;_x000D_
 V — 05 manilhas de 60 mm corredor de Boa Vista / Monte Alegre;_x000D_
 VI — 05 manilhas de 100 mm para Aurora ( Estrada de Fernandes)</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/161/requerimento_no_132_17-04-2023.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/161/requerimento_no_132_17-04-2023.pdf</t>
   </si>
   <si>
     <t>I - Patrolamento da estrada que liga a Sede do Município ao Povoado de Nova Aurora_x000D_
 _x000D_
 II - Patrolamento em um pequeno trecho da estrada na comunidade do Gênio (próximo a casa da Senhora Sandra)</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/160/requerimento_no_133_17-04-2023.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/160/requerimento_no_133_17-04-2023.pdf</t>
   </si>
   <si>
     <t>I - Calçamento em um trecho da via pública, em frente a Escola Municipal da Comunidade de Monte Alegre</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/159/requerimento_no_134_17-04-2023.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/159/requerimento_no_134_17-04-2023.pdf</t>
   </si>
   <si>
     <t>I - Construção de parquinhos para crianças nas comunidades de: Curralinho, Gênio, Aurora, Rocinha, Monte Alegre I e Monte Alegre II.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/145/requerimento_no_136_28-04-2023.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/145/requerimento_no_136_28-04-2023.pdf</t>
   </si>
   <si>
     <t>I - Pavimentação asfáltica da Rua Soter Carmo no trecho compreendido da Avenida Pe. Horácio Giraldy até a Av. domingos Português._x000D_
 _x000D_
 II - Pavimentação asfáltica da Rua Odílio Torres Costa no trecho compreendido da Rua Soter Carmo até a Rua Tácito de Freitas Costa.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/156/requerimento_no_137_31-05-2023.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/156/requerimento_no_137_31-05-2023.pdf</t>
   </si>
   <si>
     <t>I - Instalação de Playground Infantil em todas as praças do município que ainda não possui benefício</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>Cássio Dona Lia</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/167/requerimento_no_138_12-07-2023.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/167/requerimento_no_138_12-07-2023.pdf</t>
   </si>
   <si>
     <t>Marcação em "Caráter de Urgência" de AUDÊNCIA PÚBLICA com o objetivo de debater sobre a Poluição do Rio Pardo, bem como o descaso da COPASA para com a população Riopardense.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>I – Patrolamento e cascalhamento das estradas das Comunidades de: Travessa/Santana, Ribeirão, Catanduva, Barreiro de Baixo, Salto, Areião e Traíras.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/155/requerimento_no_140_22-08-2023.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/155/requerimento_no_140_22-08-2023.pdf</t>
   </si>
   <si>
     <t>I - Calçamento ou pavimentação asfáltica da rua "Projetada A" localizada no Bairro Cidade Alta, paralela à Av. Janaúba</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>I – Calçamento ou pavimentação asfáltica da rua “Projetada A” localizada no Bairro Cidade Alta, paralela à Av. Janaúba.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/166/requerimento_no_241_29-08-2023.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/166/requerimento_no_241_29-08-2023.pdf</t>
   </si>
   <si>
     <t>I - Instalação de lixeiras por toda extensão da Avenida Beira Rio;_x000D_
 II - Placas Educativas de "Proibido Jogar Lixo", na extensão da Avenida Beira Rio, Avenida Janaúba, bem como em vários outros pontos específicos da cidade.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/144/requerimento_no_242_30-08-2023.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/144/requerimento_no_242_30-08-2023.pdf</t>
   </si>
   <si>
     <t>I - Pavimentação asfáltica da Rua Odílio Fernandes Costa no trecho compreendido da Rua Capitão Enéas até a Av. Janaúba_x000D_
 _x000D_
 II - Pavimentação asfáltica da Rua Tupis e Rua 7 de setembro no Bairro JK.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/165/requerimento_no_243_31-08-2023.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/165/requerimento_no_243_31-08-2023.pdf</t>
   </si>
   <si>
     <t>I - Obras de melhoramento da iluminação da Avenida Mário, no trecho compreendido do Posto Pinheiro até a saída da sede deste município sentido à cidade de Taiobeiras</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/164/requerimento_no_244_31-08-2023.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/164/requerimento_no_244_31-08-2023.pdf</t>
   </si>
   <si>
     <t>I - Verificar se o esgotamento da COPASA está interligado no manilhamento do Matadouro Municipal</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/154/requerimento_no_245_28-09-2023.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/154/requerimento_no_245_28-09-2023.pdf</t>
   </si>
   <si>
     <t>I - Patrolamento e Cascalhamento das estradas da Comunidade de Brejos, Zona Rural deste município de Rio Pardo de Minas.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/153/requerimento_no_246_28-09-2023.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/153/requerimento_no_246_28-09-2023.pdf</t>
   </si>
   <si>
     <t>I - Alinhamento/Redução das calçadas em toda extensão da Avenida Alberto Deodato Maia</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/143/requerimento_no_247_28-09-2023.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/143/requerimento_no_247_28-09-2023.pdf</t>
   </si>
   <si>
     <t>I - Implantação de Lombadas em pontos estratégicos da Rua Atildes Gomes da Silva e Rua Águas Vermelhas, no trecho de acesso ao Bairro Cidade Nova.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>I – Reforma da ponte sobre o rio pardo na travessia da comunidade do Teiú, no local denominado como Passagem das Éguas</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>I - Realização de um evento/show em comemoração ao “Dia do Evangélico” em nosso município.</t>
   </si>
   <si>
     <t>179</t>
   </si>
@@ -527,60 +527,60 @@
   <si>
     <t>186</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>Gêra do Salão</t>
   </si>
   <si>
     <t>I –Construção de uma ponte na Comunidade do Bonfim, zona rural deste município.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/158/indicacao_01-2023.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/158/indicacao_01-2023.pdf</t>
   </si>
   <si>
     <t>Alteração da Lei Complementar nº 49/2012 - Código Tributário - Propondo a isenção da Taxa da Emissão do Alvará de funcionamento das Associações Comunitárias rurais do município de Rio Pardo de Minas - MG</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/140/indicacao_03-2023.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/140/indicacao_03-2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR que “Dispõe sobre a alteração da Lei Complementar nº 085/2017. Que Dispõe sobre regulamentação do Ari. 77 da Lei Complementar nº 066/2015, e constitui o Auxílio Alimentação, benefício a ser concedido aos servidores públicos municipais de Rio Pardo de Minas, na condição de efetivo e dá outras providências.”</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -887,68 +887,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/142/requerimento_no_119_31-02-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/152/requerimento_no_121_15-02-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/151/requerimento_no_122_27-02-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/150/requerimento_no_123_27-02-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/149/requerimento_no_124_27-02-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/148/requerimento_no_125_27-02-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/147/requerimento_no_126_15-03-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/141/requerimento_no_127_30-03-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/163/requerimento_no_128_30-03-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/157/requerimento_no_129_31-03-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/146/requerimento_no_130_03-04-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/162/requerimento_no_131_17-04-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/161/requerimento_no_132_17-04-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/160/requerimento_no_133_17-04-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/159/requerimento_no_134_17-04-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/145/requerimento_no_136_28-04-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/156/requerimento_no_137_31-05-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/167/requerimento_no_138_12-07-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/155/requerimento_no_140_22-08-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/166/requerimento_no_241_29-08-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/144/requerimento_no_242_30-08-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/165/requerimento_no_243_31-08-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/164/requerimento_no_244_31-08-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/154/requerimento_no_245_28-09-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/153/requerimento_no_246_28-09-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/143/requerimento_no_247_28-09-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/158/indicacao_01-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/140/indicacao_03-2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/142/requerimento_no_119_31-02-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/152/requerimento_no_121_15-02-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/151/requerimento_no_122_27-02-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/150/requerimento_no_123_27-02-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/149/requerimento_no_124_27-02-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/148/requerimento_no_125_27-02-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/147/requerimento_no_126_15-03-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/141/requerimento_no_127_30-03-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/163/requerimento_no_128_30-03-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/157/requerimento_no_129_31-03-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/146/requerimento_no_130_03-04-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/162/requerimento_no_131_17-04-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/161/requerimento_no_132_17-04-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/160/requerimento_no_133_17-04-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/159/requerimento_no_134_17-04-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/145/requerimento_no_136_28-04-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/156/requerimento_no_137_31-05-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/167/requerimento_no_138_12-07-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/155/requerimento_no_140_22-08-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/166/requerimento_no_241_29-08-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/144/requerimento_no_242_30-08-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/165/requerimento_no_243_31-08-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/164/requerimento_no_244_31-08-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/154/requerimento_no_245_28-09-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/153/requerimento_no_246_28-09-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/143/requerimento_no_247_28-09-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/158/indicacao_01-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2023/140/indicacao_03-2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="113.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="112.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>