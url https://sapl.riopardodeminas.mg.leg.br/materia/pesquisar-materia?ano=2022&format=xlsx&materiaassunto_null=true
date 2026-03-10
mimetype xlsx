--- v0 (2026-01-12)
+++ v1 (2026-03-10)
@@ -54,355 +54,355 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Cícero da Cancela</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/107/requerimento_no_082_21-01-2022.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/107/requerimento_no_082_21-01-2022.pdf</t>
   </si>
   <si>
     <t>I - Recapeamento/recuperação do asfaltamento da Avenida Beira Rio.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/109/requerimento_no_083_21-01-2022.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/109/requerimento_no_083_21-01-2022.pdf</t>
   </si>
   <si>
     <t>I - Pavimentação/revitalização da Praça em Frene ao Estádio Municipal</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Cássio Dona Lia</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>I - Patrolamento e cascalhamento das estradas das Comunidades de: Teú, Laranjeiras, Santana Vão e Gado Bravo.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Gilvânio de Serra Nova</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/113/requerimento_n_085_03-03-2022.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/113/requerimento_n_085_03-03-2022.pdf</t>
   </si>
   <si>
     <t>I - Patrolamento e cascalhamento das estradas nas localidades de: Ilha das Cabras, Baixa Grande, Moreira, São Camilo, Santa Rita, Bonfim, Frades, Mestiça e Pintado._x000D_
 _x000D_
 II - Manilhamento em pontos específicos das estradas das citadas localidades</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>Paulo de Helenice</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/114/requerimento_n_086_03-03-2022.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/114/requerimento_n_086_03-03-2022.pdf</t>
   </si>
   <si>
     <t>I - Instalação de Internet com tecnologia sem fio Wi-fi em uma praça de cada Bairro da sede do município. (Centro, Cidade Alta, Esplanada, Jardim Florestal, JK, Morais I e II, Cidade Nova, Bela Vista e Jardim Imperial).</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/115/requerimento_n_087_03-03-2022.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/115/requerimento_n_087_03-03-2022.pdf</t>
   </si>
   <si>
     <t>II - Patrolamento das vias secundárias à estrada que Liga a Sede do Município à Comunidade de Santa Maria.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Ailton da Prata</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/116/requerimento_n_088_10-03-2022.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/116/requerimento_n_088_10-03-2022.pdf</t>
   </si>
   <si>
     <t>I - Patrolamento e cascalhamento da estrada que liga a sede deste Município à Comunidade De Jardim.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/117/requerimento_n_089_14-03-2022.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/117/requerimento_n_089_14-03-2022.pdf</t>
   </si>
   <si>
     <t>I - Patrolamento e Cascalhamento da estrada que liga a Comunidade de Jaguaribe e Região à sede deste município de Rio Pardo de Minas.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/118/requerimento_n_090_30-03-2022.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/118/requerimento_n_090_30-03-2022.pdf</t>
   </si>
   <si>
     <t>I - Contratação de Cooperativa para Prestação de Serviços com a reciclagem de Lixos produzidos neste município de Rio Pardo de Minas - MG.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/119/requerimento_n_091_13-04-2022.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/119/requerimento_n_091_13-04-2022.pdf</t>
   </si>
   <si>
     <t>Construção e iluminação de duas Praças no povoado do Bonfim, sendo:_x000D_
 _x000D_
 I - Uma Praça em frente a escola municipal;_x000D_
 _x000D_
 II - Uma Praça em frente ao posto de saúde</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/120/requerimento_n_092_18-04-2022.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/120/requerimento_n_092_18-04-2022.pdf</t>
   </si>
   <si>
     <t>I - Instalação de um P.S.F - Posto de Saúde da Família no Bairro JK;_x000D_
 _x000D_
 II - Melhoramento dos logradouros públicos do Bairro JK</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/121/requerimento_no_093_28-04-2022.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/121/requerimento_no_093_28-04-2022.pdf</t>
   </si>
   <si>
     <t>I -  Calçamento das Vias Públicas do Povoado do Cedro;_x000D_
 II - Iluminação das Vias Públicas do Povoado do Cedro.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>César do Posto</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/122/requerimento_no_094_11-05-2022.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/122/requerimento_no_094_11-05-2022.pdf</t>
   </si>
   <si>
     <t>I - Execução de serviços com recapeamento e cascalhamento de todas as ruas do Distrito de Serra Nova._x000D_
 II - Reforma e padronização de lombadas existente no citado distrito._x000D_
 III - Calçamento da Rua Clemencia Barbosa Prates, no distrito de Serra Nova.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/123/requerimento_no_095_12-05-2022.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/123/requerimento_no_095_12-05-2022.pdf</t>
   </si>
   <si>
     <t>I - Construção/Instalação de um ponto de atendimento básico de saúde na comunidade de Santa Maria, zona rural deste município.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/125/requerimento_no_097_16-05-2022.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/125/requerimento_no_097_16-05-2022.pdf</t>
   </si>
   <si>
     <t>I - Elevação/ampliação da Passagem Molhada na Comunidade de Frades/Bonfim</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/126/requerimento_no_100_10-06-2022.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/126/requerimento_no_100_10-06-2022.pdf</t>
   </si>
   <si>
     <t>I - Pavimentação asfáltica no entorno da Praça Dr. José Cantídio de Freitas, centro_x000D_
 _x000D_
 II - Pavimentação asfáltica da Rua Dr. Rafael Bastos Pereira, Centro</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/127/requerimento_no_101_10-06-2022.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/127/requerimento_no_101_10-06-2022.pdf</t>
   </si>
   <si>
     <t>I - Construção de uma escada ou rampa dando acesso ao piso superior do Mercado Municipal, fundos (Av. Gumercindo Costa)</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/130/requerimento_no_102_22-07-2022.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/130/requerimento_no_102_22-07-2022.pdf</t>
   </si>
   <si>
     <t>I - Estender o horário de atendimento da Farmácia de Minas nos dias úteis até às 21:00 (vinte uma) horas.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/131/requerimento_no_103_25-07-2022.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/131/requerimento_no_103_25-07-2022.pdf</t>
   </si>
   <si>
     <t>I — Construção de uma Passagem Molhada sobre o Rio Peixe Bravo, na Comunidade Miranda, nas proximidades de Natanael e Rio da Cruz</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>Gêra do Salão</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/132/requerimento_no_104_01-08-2022.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/132/requerimento_no_104_01-08-2022.pdf</t>
   </si>
   <si>
     <t>i — Pavimentação Asfáitica das ruas: Tupis, 7 de Setembro, Porteirinha, e rua “A”, todas do Bairro JK, deste município,</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/133/requerimento_no_105_10-08-2022.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/133/requerimento_no_105_10-08-2022.pdf</t>
   </si>
   <si>
     <t>I – Implantação de Lombadas na Avenida Montes Claros, no trecho compreendido ao cruzamento da Av. Espinosa até o cruzamento da Av. Taiobeiras</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/134/requerimento_no_106_10-08-2022.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/134/requerimento_no_106_10-08-2022.pdf</t>
   </si>
   <si>
     <t>I – Calçamento em um trecho da via pública, em frente a Escola Municipal Braz Batista de Carvalho, na Comunidade de Jardim</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/135/requerimento_no_107_12-08-2022.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/135/requerimento_no_107_12-08-2022.pdf</t>
   </si>
   <si>
     <t>I – Calçamento e/ou asfaltamento da ruas do Bairro Bela Vista</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/136/requerimento_no_108_29-08-2022.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/136/requerimento_no_108_29-08-2022.pdf</t>
   </si>
   <si>
     <t>I — Pavimentação asfáltica no entorno da Praça Marechal Deodoro, da Praça Dr. Benedito Valares e Praça Getúlio Vargas, e;_x000D_
 _x000D_
 II — Pavimentação asfáltica da Rua Waldemir Patrício de Souza, Rua Domingos Rodrigues de Sá, Rua Tiradentes, Rua Conrado Rocha, Atravessa Adelaide de Freitas, Rua do Pedágio, Rua 13 de maio e Rua Regina Mendes Silveira, todos estes logradouros localizados no centro da cidade.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>I – Reforma da ponte sobre o rio pardo na travessia da comunidade do Teiú. (Passagem das éguas);</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>I – Patrolamento das estradas das Comunidades de: Catanduva, Barreiro, Catulé, Traíras e Tinguí, todas deste município de Rio Pardo de Minas;</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
@@ -411,74 +411,74 @@
   <si>
     <t>I – Cascalhamento em pontos estratégico de areiões na estrada da comunidade de Laranjeiras deste município, respectivamente.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>I – Iluminação e revitalização da Praça Marechal Deodoro.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>I – Realização de um evento em comemoração ao “Dia do Evangélico” em nosso município.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>I – Iluminação do Campo de Futebol do Bairro JK.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/137/requerimento_no_115_28-11-2022.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/137/requerimento_no_115_28-11-2022.pdf</t>
   </si>
   <si>
     <t>I — Construção de Uma caixa d'água com capacidade de 200.000 (duzentos mil) litros</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>Fernandão da Academia</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/138/requerimento_no_116_01-12-2022.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/138/requerimento_no_116_01-12-2022.pdf</t>
   </si>
   <si>
     <t>I — Revitalização da Praça Dr. Miguel Rosa;_x000D_
 _x000D_
 II — Construção de Estacionamento no entrono da Praça Dr. Miguel Rosa.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/139/requerimento_no_117_14-12-2022.pdf</t>
+    <t>http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/139/requerimento_no_117_14-12-2022.pdf</t>
   </si>
   <si>
     <t>I — CALÇAMENTO DAS RUAS DO POVOADA DE NOVA AURORA. _x000D_
 _x000D_
 II — CALÇAMENTO EM UM TRECHO DA VIA PÚBLICA, EM FRENTE À ESCOLA MUNICIPAL BRAZ BATISTA DE CARVALHO, NA COMUNIDADE DE JARDIM</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>I – Patrolamento, Cascalhamento e Manilhamento em estradas das Comunidades do Tingui, Catanduva, Barreiro de Cima, Barreiro de Baixo, Brejinho, Traíras, Gado Bravo, Ribeirão e Catulé</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -793,68 +793,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/107/requerimento_no_082_21-01-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/109/requerimento_no_083_21-01-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/113/requerimento_n_085_03-03-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/114/requerimento_n_086_03-03-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/115/requerimento_n_087_03-03-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/116/requerimento_n_088_10-03-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/117/requerimento_n_089_14-03-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/118/requerimento_n_090_30-03-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/119/requerimento_n_091_13-04-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/120/requerimento_n_092_18-04-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/121/requerimento_no_093_28-04-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/122/requerimento_no_094_11-05-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/123/requerimento_no_095_12-05-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/125/requerimento_no_097_16-05-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/126/requerimento_no_100_10-06-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/127/requerimento_no_101_10-06-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/130/requerimento_no_102_22-07-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/131/requerimento_no_103_25-07-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/132/requerimento_no_104_01-08-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/133/requerimento_no_105_10-08-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/134/requerimento_no_106_10-08-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/135/requerimento_no_107_12-08-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/136/requerimento_no_108_29-08-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/137/requerimento_no_115_28-11-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/138/requerimento_no_116_01-12-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/139/requerimento_no_117_14-12-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/107/requerimento_no_082_21-01-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/109/requerimento_no_083_21-01-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/113/requerimento_n_085_03-03-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/114/requerimento_n_086_03-03-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/115/requerimento_n_087_03-03-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/116/requerimento_n_088_10-03-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/117/requerimento_n_089_14-03-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/118/requerimento_n_090_30-03-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/119/requerimento_n_091_13-04-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/120/requerimento_n_092_18-04-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/121/requerimento_no_093_28-04-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/122/requerimento_no_094_11-05-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/123/requerimento_no_095_12-05-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/125/requerimento_no_097_16-05-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/126/requerimento_no_100_10-06-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/127/requerimento_no_101_10-06-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/130/requerimento_no_102_22-07-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/131/requerimento_no_103_25-07-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/132/requerimento_no_104_01-08-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/133/requerimento_no_105_10-08-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/134/requerimento_no_106_10-08-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/135/requerimento_no_107_12-08-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/136/requerimento_no_108_29-08-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/137/requerimento_no_115_28-11-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/138/requerimento_no_116_01-12-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/sapl/public/materialegislativa/2022/139/requerimento_no_117_14-12-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riopardodeminas.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="113.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="112.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="249.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>